--- v0 (2025-12-28)
+++ v1 (2026-03-29)
@@ -9,563 +9,577 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="21AB4DC1" w14:textId="1AEF7AFB" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00245891" w:rsidP="00245891">
+    <w:p w14:paraId="21AB4DC1" w14:textId="55DBC7A7" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00245891" w:rsidP="00245891">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Projektantrag Lions Club</w:t>
       </w:r>
       <w:r w:rsidR="00DB2663" w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Activity-Zuschuss</w:t>
       </w:r>
+      <w:r w:rsidR="00A626C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2026/27</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="033173A4" w14:textId="70EEA316" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00245891" w:rsidP="00245891">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C360CC0" w14:textId="4F3BD347" w:rsidR="00703C5B" w:rsidRPr="00E63563" w:rsidRDefault="00703C5B" w:rsidP="00245891">
+    <w:p w14:paraId="5C360CC0" w14:textId="4BEDE2C7" w:rsidR="00703C5B" w:rsidRPr="00E63563" w:rsidRDefault="00703C5B" w:rsidP="00245891">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Antragstellender Club</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
-[...113 lines deleted...]
-      <w:r w:rsidRPr="00703C5B">
+      <w:r w:rsidR="00A626C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r w:rsidR="00A626C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00703C5B">
+      <w:r w:rsidR="00A626C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00A626C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00A626C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00A626C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00A626C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00A626C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00A626C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r w:rsidR="00A626C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64315EEA" w14:textId="4485F02D" w:rsidR="00703C5B" w:rsidRPr="00703C5B" w:rsidRDefault="00703C5B" w:rsidP="00703C5B">
+    <w:p w14:paraId="0A089984" w14:textId="77777777" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="00E63563">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B2E0D15" w14:textId="61176689" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00055ED5" w:rsidP="00245891">
+    <w:p w14:paraId="3340536D" w14:textId="0447FF82" w:rsidR="00703C5B" w:rsidRPr="00703C5B" w:rsidRDefault="00703C5B" w:rsidP="00703C5B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Distrikt: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>MD11</w:t>
+      </w:r>
+      <w:r w:rsidR="002C7E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="006435D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Dropdown1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Bitte wählen Sie Ihren Distrikt aus"/>
+            <w:ddList>
+              <w:listEntry w:val="Bitte auswählen ↓"/>
+              <w:listEntry w:val="BN"/>
+              <w:listEntry w:val="BS"/>
+              <w:listEntry w:val="BO"/>
+              <w:listEntry w:val="MN"/>
+              <w:listEntry w:val="MS"/>
+              <w:listEntry w:val="N"/>
+              <w:listEntry w:val="NB"/>
+              <w:listEntry w:val="NH"/>
+              <w:listEntry w:val="NW"/>
+              <w:listEntry w:val="OM"/>
+              <w:listEntry w:val="ON"/>
+              <w:listEntry w:val="OS"/>
+              <w:listEntry w:val="RN"/>
+              <w:listEntry w:val="RS"/>
+              <w:listEntry w:val="SM"/>
+              <w:listEntry w:val="SN"/>
+              <w:listEntry w:val="SW"/>
+              <w:listEntry w:val="WL"/>
+              <w:listEntry w:val="WR"/>
+            </w:ddList>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="Dropdown1"/>
+      <w:r w:rsidR="006435D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+      </w:r>
+      <w:r w:rsidR="006435D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="006435D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006435D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="64315EEA" w14:textId="4485F02D" w:rsidR="00703C5B" w:rsidRPr="00703C5B" w:rsidRDefault="00703C5B" w:rsidP="00703C5B">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B2E0D15" w14:textId="61176689" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00055ED5" w:rsidP="00245891">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Kurzer </w:t>
       </w:r>
       <w:r w:rsidR="00245891" w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Projekttitel:</w:t>
       </w:r>
       <w:r w:rsidR="00245891" w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B8A271" w14:textId="5F33FEC8" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00966D99" w:rsidP="00245891">
+    <w:p w14:paraId="50B8A271" w14:textId="4BCF826B" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00966D99" w:rsidP="00245891">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="Text6"/>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r w:rsidR="00EB3B9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:bookmarkStart w:id="1" w:name="Text6"/>
+      <w:r w:rsidR="00EB3B9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00703C5B">
+      <w:r w:rsidR="00EB3B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00EB3B9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D46951" w:rsidRPr="00703C5B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00EB3B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D46951" w:rsidRPr="00703C5B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00EB3B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D46951" w:rsidRPr="00703C5B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00EB3B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D46951" w:rsidRPr="00703C5B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00EB3B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D46951" w:rsidRPr="00703C5B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00EB3B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r w:rsidR="00EB3B9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="563CA24A" w14:textId="3470B8C4" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00245891" w:rsidP="00245891">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Themenbereich:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057E16BE" w14:textId="4B226EFF" w:rsidR="00D46951" w:rsidRPr="00703C5B" w:rsidRDefault="00C12C1C" w:rsidP="00D46951">
+    <w:p w14:paraId="057E16BE" w14:textId="4B226EFF" w:rsidR="00D46951" w:rsidRPr="00703C5B" w:rsidRDefault="000553DA" w:rsidP="00D46951">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
           </w:rPr>
           <w:id w:val="140698879"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D46951" w:rsidRPr="00703C5B">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D46951" w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00C956D2" w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Augenlicht retten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F50500" w14:textId="49AFF790" w:rsidR="00D46951" w:rsidRPr="00703C5B" w:rsidRDefault="00C12C1C" w:rsidP="00D46951">
+    <w:p w14:paraId="18F50500" w14:textId="49AFF790" w:rsidR="00D46951" w:rsidRPr="00703C5B" w:rsidRDefault="000553DA" w:rsidP="00D46951">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
           </w:rPr>
           <w:id w:val="858857146"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D46951" w:rsidRPr="00703C5B">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D46951" w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00C956D2" w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Jugend stärken</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000252AF" w14:textId="49B8D7E3" w:rsidR="00C956D2" w:rsidRDefault="00C12C1C" w:rsidP="00D46951">
+    <w:p w14:paraId="000252AF" w14:textId="49B8D7E3" w:rsidR="00C956D2" w:rsidRDefault="000553DA" w:rsidP="00D46951">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
           </w:rPr>
           <w:id w:val="-1823428015"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000E6936">
@@ -577,765 +591,934 @@
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D46951" w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00C956D2" w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Umwelt und Nachhaltigkeit</w:t>
       </w:r>
       <w:r w:rsidR="007C12EA" w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> (inklusive WaSH)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="310D5B6A" w14:textId="74383647" w:rsidR="000E6936" w:rsidRPr="00703C5B" w:rsidRDefault="00C12C1C" w:rsidP="00D46951">
+    <w:p w14:paraId="310D5B6A" w14:textId="74383647" w:rsidR="000E6936" w:rsidRPr="00703C5B" w:rsidRDefault="000553DA" w:rsidP="00D46951">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
           </w:rPr>
           <w:id w:val="-508678808"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000E6936">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:b/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000E6936">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  Völkerverständigung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F2AD788" w14:textId="77777777" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00245891" w:rsidP="006E12DA">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6F2AD788" w14:textId="22DDD53D" w:rsidR="00245891" w:rsidRPr="00A626C7" w:rsidRDefault="00A626C7" w:rsidP="000C2994">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bitte beschreiben Sie unter Punkt 9, wie </w:t>
+      </w:r>
+      <w:r w:rsidR="006126D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">sich </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">der/die Themenschwerpunkt/e im Projekt </w:t>
+      </w:r>
+      <w:r w:rsidR="00A9351C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>widerspiegeln</w:t>
+      </w:r>
+      <w:r w:rsidR="006126D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="599B76C3" w14:textId="77777777" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00245891" w:rsidP="000C3356">
+    <w:p w14:paraId="599B76C3" w14:textId="77777777" w:rsidR="00245891" w:rsidRDefault="00245891" w:rsidP="000C3356">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Land/Region/Ort: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C280882" w14:textId="60CBB523" w:rsidR="00245891" w:rsidRPr="000C3356" w:rsidRDefault="00966D99" w:rsidP="000C3356">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00703C5B">
+    <w:p w14:paraId="7C4C5D2B" w14:textId="0A778653" w:rsidR="00EB3B9E" w:rsidRDefault="00EB3B9E" w:rsidP="00EB3B9E">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000C3356">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66DB2BC1" w14:textId="2AF7C594" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="000C3356">
+    <w:p w14:paraId="66DB2BC1" w14:textId="2AF7C594" w:rsidR="00245891" w:rsidRDefault="00E63563" w:rsidP="002C1079">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="00245891" w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">eplante Laufzeit: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C5743A" w14:textId="6DC93CED" w:rsidR="002C1079" w:rsidRPr="00D0308F" w:rsidRDefault="002C1079" w:rsidP="00D0308F">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:spacing w:before="200" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Das Projekt darf zum Zeitpunkt der Beantragungen im Dezember noch nicht begonnen haben. Sollten Projektaktivitäten vor einer möglichen Bewilligung im März starten müssen, ist dies mit einer kurzen Begründung im Antrag anzugeben.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2480FCA6" w14:textId="5FC70477" w:rsidR="0034785C" w:rsidRPr="00703C5B" w:rsidRDefault="00EB3B9E" w:rsidP="00D0308F">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:spacing w:before="200"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:helpText w:type="text" w:val="Bitte beachten Sie: das Projekt darf noch nicht begonnen haben"/>
+            <w:statusText w:type="text" w:val="Bitte bachten Sie: das Projekt darf noch nicht begonnen haben"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785B40F9" w14:textId="69403890" w:rsidR="000C3356" w:rsidRPr="002C1079" w:rsidRDefault="00E63563" w:rsidP="000C3356">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidR="00245891" w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">eplante Laufzeit: </w:t>
+        <w:t>eplantes Gesamtvolumen</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3356">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3356">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="002C1079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3356" w:rsidRPr="002C1079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ind. 40.000 Euro: Zuschuss genau 10.000 Euro, Eigenanteil mind. 30.000 Euro</w:t>
+      </w:r>
+      <w:r w:rsidR="002C1079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3356" w:rsidRPr="002C1079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="012A84BA" w14:textId="574B4758" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00966D99" w:rsidP="000C3356">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00703C5B">
+    <w:p w14:paraId="242346AE" w14:textId="5F67CEB8" w:rsidR="000C3356" w:rsidRPr="00EB3B9E" w:rsidRDefault="00EB3B9E" w:rsidP="00EB3B9E">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00703C5B">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text6"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
+            <w:helpText w:type="text" w:val="Bitte beachten Sie: Gesamtvolumen muss gleich denn Ausgaben und Einnahmen sein."/>
+            <w:statusText w:type="text" w:val="Bitte beachten Sie: Gesamtvolumen muss gleich denn Ausgaben und Einnahmen sein."/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:r w:rsidR="000C3356">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000C3356">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="785B40F9" w14:textId="5EE79D7C" w:rsidR="000C3356" w:rsidRPr="000C3356" w:rsidRDefault="00E63563" w:rsidP="000C3356">
+    <w:p w14:paraId="1FCE0FCE" w14:textId="09B97CE2" w:rsidR="000C3356" w:rsidRDefault="000C3356" w:rsidP="000C3356">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Beschreibung der </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>G</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00245891" w:rsidRPr="00703C5B">
+        <w:t>aktuellen Schwierigkeiten</w:t>
+      </w:r>
+      <w:r w:rsidR="00E331D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>eplantes Gesamtvolumen</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C3356">
+        <w:t xml:space="preserve"> und Bedarfe aufgrund </w:t>
+      </w:r>
+      <w:r w:rsidR="00E331D1" w:rsidRPr="00E331D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
+        <w:t>derer das Projekt entwickelt wurde</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="000C3356">
-[...6 lines deleted...]
-      <w:r w:rsidR="000C3356" w:rsidRPr="000C3356">
+    </w:p>
+    <w:p w14:paraId="6F96D031" w14:textId="5A77BB10" w:rsidR="00A502BC" w:rsidRDefault="000C3BC3" w:rsidP="00A502BC">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>(mind. 40.000 Euro: Zuschuss genau 10.000 Euro, Eigenanteil mind. 30.000 Euro)</w:t>
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00703C5B">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text6"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
+            <w:helpText w:type="text" w:val="Bitte beachten Sie: Gesamtvolumen muss gleich denn Ausgaben und Einnahmen sein."/>
+            <w:statusText w:type="text" w:val="Bitte beachten Sie: Gesamtvolumen muss gleich denn Ausgaben und Einnahmen sein."/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1FCE0FCE" w14:textId="7665B0F7" w:rsidR="000C3356" w:rsidRPr="00703C5B" w:rsidRDefault="000C3356" w:rsidP="000C3356">
+    <w:p w14:paraId="20E67BC2" w14:textId="77777777" w:rsidR="000835EF" w:rsidRDefault="000835EF" w:rsidP="00A502BC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73CB337C" w14:textId="77777777" w:rsidR="000835EF" w:rsidRDefault="000835EF" w:rsidP="00A502BC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ACA0E50" w14:textId="77777777" w:rsidR="00D0308F" w:rsidRPr="00A502BC" w:rsidRDefault="00D0308F" w:rsidP="00A502BC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68F42256" w14:textId="46CCF660" w:rsidR="00D45693" w:rsidRDefault="000C3356" w:rsidP="00D0308F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00703C5B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Beschreibung der </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Projektziel, B</w:t>
+      </w:r>
+      <w:r w:rsidR="00245891" w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>eschreibung</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">aktuellen </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00703C5B">
+        <w:t xml:space="preserve"> der Aktivitäten:</w:t>
+      </w:r>
+      <w:r w:rsidR="00245891" w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Situation und </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A8EAAD" w14:textId="20DF6938" w:rsidR="004C61A1" w:rsidRDefault="004C61A1" w:rsidP="00D0308F">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:spacing w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C2994">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Beschreiben Sie bitte, was innerhalb des Projektes durchgeführt werden soll. Gehen Sie dabei auch auf die Zielgruppe und Zeitleiste ein. Falls zutreffend, beschreiben Sie die Beteiligung der Lions und wie Sie eventuelle Finanzierungslücken schließen wollen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B8B3CA2" w14:textId="3E504B93" w:rsidR="000C2994" w:rsidRPr="000C2994" w:rsidRDefault="000C3BC3" w:rsidP="00D0308F">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:spacing w:before="240"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="000C3356">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text6"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
+            <w:helpText w:type="text" w:val="Bitte beachten Sie: Gesamtvolumen muss gleich denn Ausgaben und Einnahmen sein."/>
+            <w:statusText w:type="text" w:val="Bitte beachten Sie: Gesamtvolumen muss gleich denn Ausgaben und Einnahmen sein."/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000C3356">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1660B5CE" w14:textId="783FEDA7" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="000C3356" w:rsidP="000C3356">
+    <w:p w14:paraId="3545894B" w14:textId="47B0DCD6" w:rsidR="002C1079" w:rsidRDefault="002C1079">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CFF22CA" w14:textId="77777777" w:rsidR="000C3BC3" w:rsidRDefault="000C3BC3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F6CC13" w14:textId="68C9C2FF" w:rsidR="00382C92" w:rsidRDefault="00245891" w:rsidP="00382C92">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Projektziel, B</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00245891" w:rsidRPr="00703C5B">
+        <w:lastRenderedPageBreak/>
+        <w:t>Finanz</w:t>
+      </w:r>
+      <w:r w:rsidR="0081719E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>eschreibung</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ierungsplan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770AB47F" w14:textId="71934320" w:rsidR="00245891" w:rsidRPr="000C3356" w:rsidRDefault="00966D99" w:rsidP="000C3356">
-[...100 lines deleted...]
-    <w:p w14:paraId="1D3FB4AD" w14:textId="77777777" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00245891" w:rsidP="00245891">
+    <w:p w14:paraId="52426EF7" w14:textId="30478379" w:rsidR="00EB3B9E" w:rsidRPr="00EB3B9E" w:rsidRDefault="00EB3B9E" w:rsidP="00EB3B9E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
-        <w:numPr>
-[...14 lines deleted...]
-        <w:t>Finanzplan/Kostenvoranschläge</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB3B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bitte beachten Sie, dass die Ausgaben exakt den Einnahmen entsprechen müssen.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9723" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4820"/>
         <w:gridCol w:w="75"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="1020"/>
         <w:gridCol w:w="1254"/>
         <w:gridCol w:w="272"/>
         <w:gridCol w:w="687"/>
         <w:gridCol w:w="1359"/>
@@ -1344,51 +1527,51 @@
         <w:trPr>
           <w:trHeight w:val="479"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4282BEB9" w14:textId="4E24CC92" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="005466E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk149647095"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk149647095"/>
             <w:r w:rsidRPr="00703C5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Ausgaben</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1579,51 +1762,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00703C5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29537A86" w14:textId="0397261A" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="005466E7">
+          <w:p w14:paraId="29537A86" w14:textId="689AD45F" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="005466E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00703C5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -1636,127 +1819,122 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00703C5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00703C5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00703C5B">
-[...46 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="00DA5D2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA5D2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA5D2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA5D2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA5D2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00703C5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02902EEA" w14:textId="170A1A1E" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="005466E7">
+          <w:p w14:paraId="02902EEA" w14:textId="486C6DE2" w:rsidR="00C20BD3" w:rsidRPr="00703C5B" w:rsidRDefault="000C2994" w:rsidP="00E96ABA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00703C5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -1834,59 +2012,59 @@
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00703C5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00703C5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00703C5B">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> €</w:t>
+            <w:r w:rsidR="00E63563" w:rsidRPr="00703C5B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>€</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E63563" w:rsidRPr="00703C5B" w14:paraId="76789DA7" w14:textId="77777777" w:rsidTr="00E63563">
         <w:trPr>
           <w:trHeight w:val="479"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A5131FF" w14:textId="3BB9810D" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="005466E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
@@ -5609,74 +5787,74 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Einnahmen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="411860F7" w14:textId="1A87DAB8" w:rsidR="00E63563" w:rsidRPr="00E63563" w:rsidRDefault="00E63563" w:rsidP="005466E7">
+          <w:p w14:paraId="411860F7" w14:textId="16DAF1E5" w:rsidR="00E63563" w:rsidRPr="00E63563" w:rsidRDefault="00726DFC" w:rsidP="005466E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E63563">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
-              <w:t>Eingenommen, zugesagt, beantragt?</w:t>
+              <w:t>Status Finanzierung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F4CAD4F" w14:textId="77777777" w:rsidR="00E63563" w:rsidRPr="00E63563" w:rsidRDefault="00E63563" w:rsidP="005466E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -5720,169 +5898,100 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Eigenmittel des Clubs </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F2BF69E" w14:textId="68DE86B4" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="005466E7">
+          <w:p w14:paraId="7F2BF69E" w14:textId="70FC7966" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="006435D5" w:rsidP="005466E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00703C5B">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="de-DE"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text41"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="Bitte wählen Sie Ihren Distrikt aus"/>
+                  <w:ddList>
+                    <w:listEntry w:val="Bitte auswählen ↓"/>
+                    <w:listEntry w:val="Eingenommen"/>
+                    <w:listEntry w:val="Zugesagt"/>
+                    <w:listEntry w:val="Beantragt"/>
+                  </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00703C5B">
-[...24 lines deleted...]
-                <w:lang w:eastAsia="de-DE"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00703C5B">
-[...60 lines deleted...]
-                <w:lang w:eastAsia="de-DE"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="54A109BA" w14:textId="253E80F0" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="005466E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -6148,169 +6257,100 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72E9F0A6" w14:textId="05134CD7" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="004973B0">
+          <w:p w14:paraId="72E9F0A6" w14:textId="2FDFDD30" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="006435D5" w:rsidP="004973B0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00703C5B">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="de-DE"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text41"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="Bitte wählen Sie Ihren Distrikt aus"/>
+                  <w:ddList>
+                    <w:listEntry w:val="Bitte auswählen ↓"/>
+                    <w:listEntry w:val="Eingenommen"/>
+                    <w:listEntry w:val="Zugesagt"/>
+                    <w:listEntry w:val="Beantragt"/>
+                  </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00703C5B">
-[...24 lines deleted...]
-                <w:lang w:eastAsia="de-DE"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00703C5B">
-[...60 lines deleted...]
-                <w:lang w:eastAsia="de-DE"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13C20C3D" w14:textId="69E52EEF" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="005466E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -6576,169 +6616,100 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55005E4C" w14:textId="17289351" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="004973B0">
+          <w:p w14:paraId="55005E4C" w14:textId="2B761363" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="006435D5" w:rsidP="004973B0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00703C5B">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="de-DE"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text41"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="Bitte wählen Sie Ihren Distrikt aus"/>
+                  <w:ddList>
+                    <w:listEntry w:val="Bitte auswählen ↓"/>
+                    <w:listEntry w:val="Eingenommen"/>
+                    <w:listEntry w:val="Zugesagt"/>
+                    <w:listEntry w:val="Beantragt"/>
+                  </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00703C5B">
-[...24 lines deleted...]
-                <w:lang w:eastAsia="de-DE"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00703C5B">
-[...60 lines deleted...]
-                <w:lang w:eastAsia="de-DE"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A2E6BD8" w14:textId="18466610" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="005466E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -7004,169 +6975,100 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="533DBFFD" w14:textId="7635B7BD" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="004973B0">
+          <w:p w14:paraId="533DBFFD" w14:textId="08971285" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="006435D5" w:rsidP="004973B0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00703C5B">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="de-DE"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text41"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:statusText w:type="text" w:val="Bitte wählen Sie Ihren Distrikt aus"/>
+                  <w:ddList>
+                    <w:listEntry w:val="Bitte auswählen ↓"/>
+                    <w:listEntry w:val="Eingenommen"/>
+                    <w:listEntry w:val="Zugesagt"/>
+                    <w:listEntry w:val="Beantragt"/>
+                  </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00703C5B">
-[...24 lines deleted...]
-                <w:lang w:eastAsia="de-DE"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00703C5B">
-[...60 lines deleted...]
-                <w:lang w:eastAsia="de-DE"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02FB3FEE" w14:textId="5FC6221E" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="005466E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -7682,51 +7584,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00703C5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00703C5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="5800A632" w14:textId="41FA7380" w:rsidR="00E63563" w:rsidRDefault="00E63563" w:rsidP="00245891">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="402DBC88" w14:textId="77777777" w:rsidR="00E63563" w:rsidRDefault="00E63563">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
@@ -8025,53 +7927,53 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2269AB8A" w14:textId="77777777" w:rsidR="00E63563" w:rsidRPr="00703C5B" w:rsidRDefault="00E63563" w:rsidP="00245891">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53A1B981" w14:textId="5230AAB6" w:rsidR="002C7E6C" w:rsidRDefault="002C7E6C" w:rsidP="00245891">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk208831902"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="_Hlk176346659"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk208831902"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk208831933"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk176346659"/>
       <w:r w:rsidRPr="002C7E6C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Hiermit erkläre ich mich bereit, bei Erhalt des Zuschusses das Projekt im Lions-Meldewesen </w:t>
       </w:r>
       <w:r w:rsidRPr="00D50807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>anzugeben</w:t>
       </w:r>
       <w:r w:rsidR="00BB6B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> und</w:t>
       </w:r>
       <w:r w:rsidR="00DB2E3E" w:rsidRPr="00D50807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -8103,60 +8005,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> während des Kongresses</w:t>
       </w:r>
       <w:r w:rsidR="00DB2E3E" w:rsidRPr="00D50807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> der Deutschen Lions </w:t>
       </w:r>
       <w:r w:rsidR="00AE435B" w:rsidRPr="00D50807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">persönlich </w:t>
       </w:r>
       <w:r w:rsidR="00CE55E1" w:rsidRPr="00D50807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">oder durch eine/n Vertreter/in meines Clubs </w:t>
+        <w:t>oder durch eine/n Vertreter/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE55E1" w:rsidRPr="00D50807">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>in meines Clubs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE55E1" w:rsidRPr="00D50807">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB2E3E" w:rsidRPr="00D50807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>vorzustellen</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00BB6B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. Zur </w:t>
       </w:r>
       <w:r w:rsidR="00DB05F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>öffentlichen Berichterstattung</w:t>
       </w:r>
       <w:r w:rsidR="00BB6B12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> übersende ich Bild-</w:t>
       </w:r>
       <w:r w:rsidR="009C7205">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -8234,103 +8152,89 @@
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB05F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>werden darf</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> – bei Bedarf auch in leicht gekürzter oder angepasster Form.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="0F916552" w14:textId="26612D36" w:rsidR="00126F36" w:rsidRDefault="00126F36" w:rsidP="00245891">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00126F36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Berichte, Bilder und weiteres Material senden Sie bitte an: stiftung@lions.de.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:p w14:paraId="0A72B64F" w14:textId="77777777" w:rsidR="002C7E6C" w:rsidRDefault="002C7E6C" w:rsidP="00245891">
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="4D057A58" w14:textId="77777777" w:rsidR="00E03FAB" w:rsidRDefault="00E03FAB" w:rsidP="00245891">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4935B1FF" w14:textId="37948D24" w:rsidR="002C7E6C" w:rsidRPr="002C7E6C" w:rsidRDefault="002C7E6C" w:rsidP="00245891">
+    <w:p w14:paraId="7E1029D7" w14:textId="77777777" w:rsidR="002C1079" w:rsidRPr="00703C5B" w:rsidRDefault="002C1079" w:rsidP="00245891">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00703C5B">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4D057A58" w14:textId="77777777" w:rsidR="00E03FAB" w:rsidRPr="00703C5B" w:rsidRDefault="00E03FAB" w:rsidP="00245891">
-[...7 lines deleted...]
-    <w:p w14:paraId="1905BF28" w14:textId="20C76AFA" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00966D99" w:rsidP="00245891">
+    <w:p w14:paraId="1905BF28" w14:textId="61A014B4" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00966D99" w:rsidP="002C1079">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00703C5B">
@@ -8363,194 +8267,231 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00703C5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:r w:rsidR="003C4B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003C4B94">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003C4B94" w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="003C4B94" w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="003C4B94" w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="003C4B94" w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="003C4B94" w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4B94" w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4B94" w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4B94" w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4B94" w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4B94" w:rsidRPr="00703C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0C831144" w14:textId="77777777" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00245891" w:rsidP="00245891">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0C831144" w14:textId="7803C31C" w:rsidR="00245891" w:rsidRPr="002C1079" w:rsidRDefault="002C1079" w:rsidP="002C1079">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C1079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Datum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C1079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C1079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Name und Unterschrift Clubpräsident</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>/in</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1F724F36" w14:textId="77777777" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00245891" w:rsidP="00245891">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F5586EE" w14:textId="77777777" w:rsidR="00245891" w:rsidRPr="00703C5B" w:rsidRDefault="00245891" w:rsidP="00245891">
-[...14 lines deleted...]
-    <w:p w14:paraId="0F266122" w14:textId="40444F81" w:rsidR="00245891" w:rsidRPr="00E527B8" w:rsidRDefault="001D1746" w:rsidP="00966D99">
+    <w:p w14:paraId="3810CFD4" w14:textId="4D221FC8" w:rsidR="007E0E43" w:rsidRPr="00E527B8" w:rsidRDefault="007E0E43" w:rsidP="00966D99">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...69 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="007E0E43" w:rsidRPr="00E527B8" w:rsidSect="00245642">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1801" w:right="991" w:bottom="1134" w:left="1417" w:header="708" w:footer="113" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25F2FFB2" w14:textId="77777777" w:rsidR="00B61A12" w:rsidRDefault="00B61A12" w:rsidP="00CC12BA">
+    <w:p w14:paraId="791DC284" w14:textId="77777777" w:rsidR="000553DA" w:rsidRDefault="000553DA" w:rsidP="00CC12BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43B8CD3C" w14:textId="77777777" w:rsidR="00B61A12" w:rsidRDefault="00B61A12" w:rsidP="00CC12BA">
+    <w:p w14:paraId="225F88FD" w14:textId="77777777" w:rsidR="000553DA" w:rsidRDefault="000553DA" w:rsidP="00CC12BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -8804,216 +8745,216 @@
           </w:r>
         </w:p>
         <w:p w14:paraId="7166B91B" w14:textId="77777777" w:rsidR="00187093" w:rsidRPr="000D135D" w:rsidRDefault="00187093" w:rsidP="00187093">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2977" w:type="dxa"/>
           <w:tcMar>
             <w:right w:w="284" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w14:paraId="0CD83A6C" w14:textId="77777777" w:rsidR="00187093" w:rsidRPr="000D135D" w:rsidRDefault="00187093" w:rsidP="00187093">
+        <w:p w14:paraId="0CD83A6C" w14:textId="77777777" w:rsidR="00187093" w:rsidRDefault="00187093" w:rsidP="00187093">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000D135D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
             <w:t>Vorstand:</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="6B8ACC56" w14:textId="62A62572" w:rsidR="000835EF" w:rsidRPr="000D135D" w:rsidRDefault="000835EF" w:rsidP="00187093">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4536"/>
+              <w:tab w:val="right" w:pos="9072"/>
+            </w:tabs>
+            <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:lang w:eastAsia="de-DE"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:lang w:eastAsia="de-DE"/>
+            </w:rPr>
+            <w:t>Detlef Dietrich</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="5E45ED37" w14:textId="25DB480A" w:rsidR="00187093" w:rsidRDefault="00903AA9" w:rsidP="00187093">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
             <w:t>Daniel Isenrich</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="68677508" w14:textId="6D346764" w:rsidR="00903AA9" w:rsidRPr="000D135D" w:rsidRDefault="00903AA9" w:rsidP="00187093">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
             <w:t>Jutta Künast-Ilg</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3BAA48B9" w14:textId="77777777" w:rsidR="00187093" w:rsidRPr="000D135D" w:rsidRDefault="00187093" w:rsidP="00187093">
-[...22 lines deleted...]
-        </w:p>
         <w:p w14:paraId="0EB4B0B6" w14:textId="77777777" w:rsidR="00187093" w:rsidRPr="000D135D" w:rsidRDefault="00187093" w:rsidP="00187093">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000D135D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
             <w:t>Fabian Rüsch</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="44EBDEE1" w14:textId="4034D36B" w:rsidR="00187093" w:rsidRPr="000D135D" w:rsidRDefault="00187093" w:rsidP="00187093">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000D135D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve">Geschäftsleiter: </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="27D23063" w14:textId="219BD817" w:rsidR="0024601F" w:rsidRPr="000D135D" w:rsidRDefault="00187093" w:rsidP="00187093">
+        <w:p w14:paraId="27D23063" w14:textId="2DA4294E" w:rsidR="0024601F" w:rsidRPr="000D135D" w:rsidRDefault="00A626C7" w:rsidP="00187093">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="000D135D">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
-            <w:t>Volker Weyel</w:t>
+            <w:t>Maximilian Schneider</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3827" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="459706DA" w14:textId="77777777" w:rsidR="00187093" w:rsidRPr="000D135D" w:rsidRDefault="00187093" w:rsidP="00187093">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000D135D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:noProof/>
@@ -9181,61 +9122,61 @@
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0024601F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Zertifiziert nach DIN EN ISO 9001:2015</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A043A9F" w14:textId="77777777" w:rsidR="00B61A12" w:rsidRDefault="00B61A12" w:rsidP="00CC12BA">
+    <w:p w14:paraId="0F8D609F" w14:textId="77777777" w:rsidR="000553DA" w:rsidRDefault="000553DA" w:rsidP="00CC12BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7ABE4ED2" w14:textId="77777777" w:rsidR="00B61A12" w:rsidRDefault="00B61A12" w:rsidP="00CC12BA">
+    <w:p w14:paraId="18FAA432" w14:textId="77777777" w:rsidR="000553DA" w:rsidRDefault="000553DA" w:rsidP="00CC12BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B9C32C1" w14:textId="554C20A9" w:rsidR="000D135D" w:rsidRDefault="00B13536" w:rsidP="000D135D">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="565651BB" wp14:editId="648DD33A">
           <wp:simplePos x="0" y="0"/>
@@ -9345,162 +9286,167 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3098800" cy="330200"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6C759236" w14:textId="2662A140" w:rsidR="00D11D48" w:rsidRDefault="00D11D48" w:rsidP="00D11D48">
+                        <w:p w14:paraId="6C759236" w14:textId="23CA6DE9" w:rsidR="00D11D48" w:rsidRDefault="00D11D48" w:rsidP="00D11D48">
                           <w:pPr>
                             <w:spacing w:line="192" w:lineRule="exact"/>
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Activity-Zuschuss, Version 202</w:t>
                           </w:r>
+                          <w:r w:rsidR="002C1079">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>6</w:t>
+                          </w:r>
                           <w:r w:rsidR="00055ED5">
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>5 0</w:t>
+                            <w:t xml:space="preserve"> 0</w:t>
                           </w:r>
-                          <w:r w:rsidR="00491F3E">
+                          <w:r w:rsidR="002C1079">
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>9</w:t>
+                            <w:t>3</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="5151D10D" w14:textId="77777777" w:rsidR="00055ED5" w:rsidRDefault="00055ED5" w:rsidP="00D11D48">
                           <w:pPr>
                             <w:spacing w:line="192" w:lineRule="exact"/>
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w14:paraId="757720C4" w14:textId="77777777" w:rsidR="00D11D48" w:rsidRPr="003934B4" w:rsidRDefault="00D11D48" w:rsidP="00D11D48">
                           <w:pPr>
                             <w:spacing w:line="192" w:lineRule="exact"/>
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w14:paraId="763108D8" w14:textId="77777777" w:rsidR="00D11D48" w:rsidRDefault="00D11D48" w:rsidP="00D11D48"/>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5D3C3BF1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textfeld 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-45pt;margin-top:-24.65pt;width:244pt;height:26pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDYqcoCwIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06Q3aKOmq6VLEdJy&#10;kRY+wHWcxsLxmLHbZPl6xk62W+AN4QfL4xmfmTlzvLnpW8POCr0GW/LpJOdMWQmVtseSf/u6f7Xi&#10;zAdhK2HAqpI/Ks9vti9fbDpXqBk0YCqFjECsLzpX8iYEV2SZl41qhZ+AU5acNWArApl4zCoUHaG3&#10;Jpvl+eusA6wcglTe0+3d4OTbhF/XSobPde1VYKbkVFtIO6b9EPdsuxHFEYVrtBzLEP9QRSu0paQX&#10;qDsRBDuh/guq1RLBQx0mEtoM6lpLlXqgbqb5H908NMKp1AuR492FJv//YOWn84P7giz0b6GnAaYm&#10;vLsH+d0zC7tG2KO6RYSuUaKixNNIWdY5X4xPI9W+8BHk0H2EioYsTgESUF9jG1mhPhmh0wAeL6Sr&#10;PjBJl/N8vVrl5JLkm89zmmpKIYqn1w59eK+gZfFQcqShJnRxvvchViOKp5CYzIPR1V4bkww8HnYG&#10;2VmQAPZpjei/hRnLupKvl7NlQrYQ3ydttDqQQI1uS05V0hokE9l4Z6sUEoQ2w5kqMXakJzIycBP6&#10;Q0+BkaYDVI9EFMIgRPo4dGgAf3LWkQhL7n+cBCrOzAdLZK+ni0VUbTIWyzczMvDac7j2CCsJquSB&#10;s+G4C0npkQcLtzSUWie+nisZayVxJRrHjxDVe22nqOfvuv0FAAD//wMAUEsDBBQABgAIAAAAIQDr&#10;JE/S3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcULuhLU2TZlMBEohr&#10;Sz/ASdwkatYbZbdN+veYE9xsz2j8JttNtlNXGnzr2MDzPAJFXLqq5drA8ftjtgHlA3KFnWMycCMP&#10;u/z+LsO0ciPv6XoItZIQ9ikaaELoU6192ZBFP3c9sWgnN1gMsg61rgYcJdx2ehFFa22xZfnQYE/v&#10;DZXnw8UaOH2NTy/JWHyGY7xfrd+wjQt3M+bxYXrdggo0hT8z/OILOuTCVLgLV151BmZJJF2CDKtk&#10;CUocy2Qjl8LAIgadZ/p/g/wHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQ2KnKAsCAAD2&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6yRP0t4A&#10;AAAJAQAADwAAAAAAAAAAAAAAAABlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="6C759236" w14:textId="2662A140" w:rsidR="00D11D48" w:rsidRDefault="00D11D48" w:rsidP="00D11D48">
+                  <w:p w14:paraId="6C759236" w14:textId="23CA6DE9" w:rsidR="00D11D48" w:rsidRDefault="00D11D48" w:rsidP="00D11D48">
                     <w:pPr>
                       <w:spacing w:line="192" w:lineRule="exact"/>
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>Activity</w:t>
+                      <w:t>Activity-Zuschuss, Version 202</w:t>
                     </w:r>
-                    <w:proofErr w:type="spellEnd"/>
-                    <w:r>
+                    <w:r w:rsidR="002C1079">
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>-Zuschuss, Version 202</w:t>
+                      <w:t>6</w:t>
                     </w:r>
                     <w:r w:rsidR="00055ED5">
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>5 0</w:t>
+                      <w:t xml:space="preserve"> 0</w:t>
                     </w:r>
-                    <w:r w:rsidR="00491F3E">
+                    <w:r w:rsidR="002C1079">
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>9</w:t>
+                      <w:t>3</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="5151D10D" w14:textId="77777777" w:rsidR="00055ED5" w:rsidRDefault="00055ED5" w:rsidP="00D11D48">
                     <w:pPr>
                       <w:spacing w:line="192" w:lineRule="exact"/>
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                   <w:p w14:paraId="757720C4" w14:textId="77777777" w:rsidR="00D11D48" w:rsidRPr="003934B4" w:rsidRDefault="00D11D48" w:rsidP="00D11D48">
                     <w:pPr>
                       <w:spacing w:line="192" w:lineRule="exact"/>
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                   <w:p w14:paraId="763108D8" w14:textId="77777777" w:rsidR="00D11D48" w:rsidRDefault="00D11D48" w:rsidP="00D11D48"/>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
@@ -9681,50 +9627,162 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="149B308E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0F824F40"/>
+    <w:lvl w:ilvl="0" w:tplc="041E7014">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28573D9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B5605D2"/>
     <w:lvl w:ilvl="0" w:tplc="0407000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9793,51 +9851,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33B30DD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="67B062C8"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -9882,51 +9940,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="376B395C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="967E06AE"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -9971,51 +10029,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4048433E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="19067D1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="888" w:hanging="528"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="756" w:hanging="396"/>
       </w:pPr>
       <w:rPr>
@@ -10094,51 +10152,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4336211C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE5CE936"/>
     <w:lvl w:ilvl="0" w:tplc="46ACA01C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10184,51 +10242,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46F907D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3AA2AE8C"/>
     <w:lvl w:ilvl="0" w:tplc="9BC2D386">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1648" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -10273,51 +10331,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5248" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5968" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6688" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="518A610F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A352315E"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1079" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1799" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10386,51 +10444,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6119" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6839" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71A520EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86F8767C"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -10476,396 +10534,485 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1795978598">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1003357044">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="128868219">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="632910720">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1003357044">
+  <w:num w:numId="5" w16cid:durableId="1071075665">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1275597487">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="345794289">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="128868219">
+  <w:num w:numId="8" w16cid:durableId="27685528">
     <w:abstractNumId w:val="8"/>
-  </w:num>
-[...13 lines deleted...]
-    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="952901667">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1975938038">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="7kamoiCa5lc0u6/ZB5I0cIWit9a5YaJttWFCoy3UO3F63+f5N+K4fk+/E68vFgpDtcrZMgHxAjeeMJHKcW0pTA==" w:salt="uuPNSOQUf7rqFzWrmXyjLw=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ck5068XKd8WXuB0NAKQon3qi0Ak4D8kxdLJSw+vck6uic8HMtz0BdZNIT7p3Y9pgJvWOx7TJ6dFoW8xP37guTw==" w:salt="/jmfc1VsUMiDmFPWjwjkUA=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00690123"/>
     <w:rsid w:val="00007EB0"/>
+    <w:rsid w:val="00010628"/>
     <w:rsid w:val="00011390"/>
     <w:rsid w:val="000125CE"/>
     <w:rsid w:val="00023B67"/>
     <w:rsid w:val="00027F65"/>
     <w:rsid w:val="000339C8"/>
     <w:rsid w:val="00033EF2"/>
     <w:rsid w:val="000517D0"/>
+    <w:rsid w:val="000553DA"/>
     <w:rsid w:val="00055ED5"/>
     <w:rsid w:val="0006044E"/>
     <w:rsid w:val="000643FC"/>
     <w:rsid w:val="0006467B"/>
     <w:rsid w:val="000772AC"/>
+    <w:rsid w:val="0008318A"/>
+    <w:rsid w:val="000835EF"/>
     <w:rsid w:val="00084B62"/>
     <w:rsid w:val="0008611A"/>
     <w:rsid w:val="000878DC"/>
+    <w:rsid w:val="00092D89"/>
     <w:rsid w:val="000A5466"/>
     <w:rsid w:val="000A5807"/>
     <w:rsid w:val="000A7CED"/>
+    <w:rsid w:val="000C2994"/>
     <w:rsid w:val="000C3356"/>
+    <w:rsid w:val="000C3BC3"/>
     <w:rsid w:val="000C5C73"/>
     <w:rsid w:val="000D135D"/>
     <w:rsid w:val="000E6936"/>
     <w:rsid w:val="000F07BA"/>
     <w:rsid w:val="0012280B"/>
     <w:rsid w:val="00126F36"/>
     <w:rsid w:val="0013234B"/>
     <w:rsid w:val="00140FCF"/>
     <w:rsid w:val="00141DF0"/>
+    <w:rsid w:val="00162EEF"/>
     <w:rsid w:val="00167A73"/>
     <w:rsid w:val="00173A7E"/>
     <w:rsid w:val="001777C8"/>
     <w:rsid w:val="00187093"/>
     <w:rsid w:val="001A3AD6"/>
     <w:rsid w:val="001B37F8"/>
     <w:rsid w:val="001B4D34"/>
     <w:rsid w:val="001D1746"/>
     <w:rsid w:val="001D4CAF"/>
     <w:rsid w:val="001E0BAC"/>
     <w:rsid w:val="001E15E7"/>
     <w:rsid w:val="001F7C60"/>
     <w:rsid w:val="00200391"/>
     <w:rsid w:val="00201CC3"/>
+    <w:rsid w:val="00202569"/>
+    <w:rsid w:val="0020719C"/>
     <w:rsid w:val="00220835"/>
     <w:rsid w:val="002240E2"/>
     <w:rsid w:val="00225229"/>
     <w:rsid w:val="002278E7"/>
     <w:rsid w:val="00234A07"/>
     <w:rsid w:val="00235CEA"/>
     <w:rsid w:val="00245642"/>
     <w:rsid w:val="00245891"/>
     <w:rsid w:val="0024601F"/>
     <w:rsid w:val="002A555D"/>
+    <w:rsid w:val="002B78EF"/>
+    <w:rsid w:val="002C1079"/>
     <w:rsid w:val="002C1B4C"/>
     <w:rsid w:val="002C7E6C"/>
     <w:rsid w:val="002D38DF"/>
     <w:rsid w:val="002D645E"/>
     <w:rsid w:val="002D7187"/>
+    <w:rsid w:val="002E1934"/>
+    <w:rsid w:val="002E357B"/>
     <w:rsid w:val="002F0C6F"/>
+    <w:rsid w:val="002F454A"/>
     <w:rsid w:val="002F4DCE"/>
     <w:rsid w:val="003009AA"/>
     <w:rsid w:val="00312937"/>
     <w:rsid w:val="00315FA3"/>
     <w:rsid w:val="00324B64"/>
     <w:rsid w:val="0032641F"/>
     <w:rsid w:val="00333CBE"/>
     <w:rsid w:val="00346F30"/>
+    <w:rsid w:val="0034785C"/>
     <w:rsid w:val="00347D58"/>
     <w:rsid w:val="00350398"/>
     <w:rsid w:val="00363EFB"/>
+    <w:rsid w:val="00365009"/>
     <w:rsid w:val="00371832"/>
     <w:rsid w:val="003757CF"/>
+    <w:rsid w:val="00375EDC"/>
+    <w:rsid w:val="00382C92"/>
+    <w:rsid w:val="00395566"/>
     <w:rsid w:val="003A0D79"/>
     <w:rsid w:val="003A2402"/>
     <w:rsid w:val="003B31FE"/>
     <w:rsid w:val="003C1B5D"/>
+    <w:rsid w:val="003C4B94"/>
     <w:rsid w:val="003C6F09"/>
+    <w:rsid w:val="003F2241"/>
     <w:rsid w:val="0040196E"/>
     <w:rsid w:val="00414A93"/>
     <w:rsid w:val="00443BAF"/>
     <w:rsid w:val="00446636"/>
+    <w:rsid w:val="00456E1E"/>
     <w:rsid w:val="004615E1"/>
     <w:rsid w:val="00461E4B"/>
+    <w:rsid w:val="004623B0"/>
     <w:rsid w:val="00470980"/>
+    <w:rsid w:val="00472145"/>
     <w:rsid w:val="004765E5"/>
     <w:rsid w:val="00482E54"/>
     <w:rsid w:val="00491F3E"/>
     <w:rsid w:val="00492291"/>
     <w:rsid w:val="00494628"/>
     <w:rsid w:val="00495136"/>
     <w:rsid w:val="004955DC"/>
     <w:rsid w:val="004973B0"/>
+    <w:rsid w:val="004A5FF8"/>
     <w:rsid w:val="004B186D"/>
+    <w:rsid w:val="004C61A1"/>
     <w:rsid w:val="004D00A2"/>
     <w:rsid w:val="004D0507"/>
     <w:rsid w:val="004D558A"/>
     <w:rsid w:val="004E1AA9"/>
     <w:rsid w:val="004F6D58"/>
+    <w:rsid w:val="005023E9"/>
+    <w:rsid w:val="00502533"/>
     <w:rsid w:val="00504C2A"/>
     <w:rsid w:val="00522FEA"/>
     <w:rsid w:val="005324B1"/>
     <w:rsid w:val="00563064"/>
+    <w:rsid w:val="0056522C"/>
     <w:rsid w:val="0056730B"/>
     <w:rsid w:val="00583155"/>
+    <w:rsid w:val="00587BE2"/>
     <w:rsid w:val="00594AAA"/>
     <w:rsid w:val="005C588D"/>
     <w:rsid w:val="005C6064"/>
     <w:rsid w:val="005D3F15"/>
     <w:rsid w:val="005D47EA"/>
     <w:rsid w:val="005E04BA"/>
     <w:rsid w:val="005F268C"/>
     <w:rsid w:val="005F3F6E"/>
     <w:rsid w:val="005F50BA"/>
     <w:rsid w:val="006065FB"/>
+    <w:rsid w:val="006126D6"/>
     <w:rsid w:val="006227F3"/>
+    <w:rsid w:val="006236B3"/>
     <w:rsid w:val="006306DA"/>
     <w:rsid w:val="00636BD5"/>
+    <w:rsid w:val="006435D5"/>
     <w:rsid w:val="00671951"/>
     <w:rsid w:val="0068638E"/>
     <w:rsid w:val="00690123"/>
     <w:rsid w:val="006917F7"/>
     <w:rsid w:val="0069285A"/>
     <w:rsid w:val="006A3917"/>
+    <w:rsid w:val="006B08DC"/>
     <w:rsid w:val="006D508F"/>
+    <w:rsid w:val="006D682A"/>
     <w:rsid w:val="006E0087"/>
     <w:rsid w:val="006E12DA"/>
     <w:rsid w:val="006E56BE"/>
     <w:rsid w:val="006F23BA"/>
     <w:rsid w:val="006F38E8"/>
     <w:rsid w:val="00701A8A"/>
     <w:rsid w:val="007038B9"/>
     <w:rsid w:val="00703C5B"/>
     <w:rsid w:val="00705F65"/>
     <w:rsid w:val="00713622"/>
+    <w:rsid w:val="00726DFC"/>
     <w:rsid w:val="0074710D"/>
     <w:rsid w:val="00753F5F"/>
     <w:rsid w:val="00762132"/>
     <w:rsid w:val="00762832"/>
+    <w:rsid w:val="00772C8E"/>
     <w:rsid w:val="00783FD1"/>
     <w:rsid w:val="007A310C"/>
     <w:rsid w:val="007A39B8"/>
     <w:rsid w:val="007A5BA7"/>
     <w:rsid w:val="007B18FB"/>
     <w:rsid w:val="007B7351"/>
     <w:rsid w:val="007C12EA"/>
     <w:rsid w:val="007C5264"/>
     <w:rsid w:val="007C67FF"/>
     <w:rsid w:val="007E0E43"/>
+    <w:rsid w:val="007E2982"/>
     <w:rsid w:val="007E312D"/>
+    <w:rsid w:val="007F2FCF"/>
+    <w:rsid w:val="0081719E"/>
     <w:rsid w:val="00833E16"/>
+    <w:rsid w:val="00844C1D"/>
     <w:rsid w:val="00847DD3"/>
     <w:rsid w:val="0086072A"/>
     <w:rsid w:val="008729C1"/>
     <w:rsid w:val="00886155"/>
     <w:rsid w:val="00886A23"/>
     <w:rsid w:val="008A2A53"/>
     <w:rsid w:val="008A4C89"/>
     <w:rsid w:val="008B18AD"/>
+    <w:rsid w:val="008B6DFC"/>
     <w:rsid w:val="008B7427"/>
     <w:rsid w:val="008C6344"/>
     <w:rsid w:val="008C780F"/>
     <w:rsid w:val="008D49E7"/>
+    <w:rsid w:val="008E14FC"/>
     <w:rsid w:val="008E229F"/>
     <w:rsid w:val="008E755D"/>
+    <w:rsid w:val="00901076"/>
     <w:rsid w:val="0090286C"/>
     <w:rsid w:val="00903AA9"/>
     <w:rsid w:val="009100A1"/>
     <w:rsid w:val="00915D1D"/>
     <w:rsid w:val="00924138"/>
     <w:rsid w:val="00933342"/>
     <w:rsid w:val="00953546"/>
     <w:rsid w:val="00954B1A"/>
+    <w:rsid w:val="00965D7B"/>
     <w:rsid w:val="00966D99"/>
+    <w:rsid w:val="009759E2"/>
     <w:rsid w:val="009829E7"/>
     <w:rsid w:val="00984B65"/>
     <w:rsid w:val="00986EA8"/>
     <w:rsid w:val="009A0DF0"/>
     <w:rsid w:val="009B23CF"/>
     <w:rsid w:val="009B7907"/>
     <w:rsid w:val="009C0758"/>
     <w:rsid w:val="009C7205"/>
+    <w:rsid w:val="00A019B2"/>
     <w:rsid w:val="00A34C37"/>
     <w:rsid w:val="00A41515"/>
+    <w:rsid w:val="00A502BC"/>
+    <w:rsid w:val="00A626C7"/>
     <w:rsid w:val="00A64E74"/>
     <w:rsid w:val="00A70BF9"/>
     <w:rsid w:val="00A733F9"/>
     <w:rsid w:val="00A8033C"/>
     <w:rsid w:val="00A81D08"/>
     <w:rsid w:val="00A84891"/>
+    <w:rsid w:val="00A9351C"/>
     <w:rsid w:val="00A96290"/>
     <w:rsid w:val="00AA386A"/>
     <w:rsid w:val="00AA771F"/>
     <w:rsid w:val="00AC43F8"/>
     <w:rsid w:val="00AC4F62"/>
     <w:rsid w:val="00AC7213"/>
     <w:rsid w:val="00AE435B"/>
     <w:rsid w:val="00AE4B7A"/>
+    <w:rsid w:val="00AE4D2E"/>
+    <w:rsid w:val="00AF2524"/>
+    <w:rsid w:val="00AF3659"/>
     <w:rsid w:val="00AF5623"/>
     <w:rsid w:val="00AF5E0A"/>
     <w:rsid w:val="00B002A9"/>
     <w:rsid w:val="00B12B8A"/>
     <w:rsid w:val="00B13536"/>
+    <w:rsid w:val="00B274D0"/>
     <w:rsid w:val="00B61A12"/>
     <w:rsid w:val="00B63028"/>
     <w:rsid w:val="00B6591E"/>
     <w:rsid w:val="00B67437"/>
     <w:rsid w:val="00B7035F"/>
     <w:rsid w:val="00B76F02"/>
+    <w:rsid w:val="00B84EA2"/>
     <w:rsid w:val="00B8542E"/>
     <w:rsid w:val="00B879DF"/>
     <w:rsid w:val="00B93B54"/>
     <w:rsid w:val="00BB4211"/>
     <w:rsid w:val="00BB44E2"/>
     <w:rsid w:val="00BB6B12"/>
+    <w:rsid w:val="00BC0E3E"/>
     <w:rsid w:val="00BC1663"/>
+    <w:rsid w:val="00BC2588"/>
     <w:rsid w:val="00BC5E66"/>
     <w:rsid w:val="00BC72C7"/>
+    <w:rsid w:val="00BE4263"/>
     <w:rsid w:val="00BE4265"/>
     <w:rsid w:val="00BF32C7"/>
     <w:rsid w:val="00BF5CA2"/>
     <w:rsid w:val="00BF72E0"/>
+    <w:rsid w:val="00C02CF8"/>
     <w:rsid w:val="00C12C1C"/>
+    <w:rsid w:val="00C20BD3"/>
     <w:rsid w:val="00C22970"/>
     <w:rsid w:val="00C33D8A"/>
+    <w:rsid w:val="00C37A03"/>
+    <w:rsid w:val="00C4017E"/>
     <w:rsid w:val="00C61B72"/>
     <w:rsid w:val="00C6427E"/>
     <w:rsid w:val="00C67AEB"/>
     <w:rsid w:val="00C70AC8"/>
     <w:rsid w:val="00C74AB8"/>
     <w:rsid w:val="00C85C67"/>
+    <w:rsid w:val="00C9314A"/>
     <w:rsid w:val="00C956D2"/>
     <w:rsid w:val="00CA10D8"/>
     <w:rsid w:val="00CA3B84"/>
     <w:rsid w:val="00CA7313"/>
     <w:rsid w:val="00CB07EA"/>
     <w:rsid w:val="00CB5F98"/>
+    <w:rsid w:val="00CB7EDB"/>
     <w:rsid w:val="00CC12BA"/>
     <w:rsid w:val="00CC6335"/>
+    <w:rsid w:val="00CD2D2E"/>
     <w:rsid w:val="00CD57A5"/>
     <w:rsid w:val="00CD6602"/>
     <w:rsid w:val="00CE2CFA"/>
     <w:rsid w:val="00CE55E1"/>
     <w:rsid w:val="00CE5D52"/>
     <w:rsid w:val="00CF6D4E"/>
+    <w:rsid w:val="00D0308F"/>
+    <w:rsid w:val="00D0340B"/>
+    <w:rsid w:val="00D05C3B"/>
     <w:rsid w:val="00D06901"/>
     <w:rsid w:val="00D11D48"/>
     <w:rsid w:val="00D12E67"/>
     <w:rsid w:val="00D21686"/>
     <w:rsid w:val="00D3330C"/>
     <w:rsid w:val="00D4017E"/>
+    <w:rsid w:val="00D45693"/>
     <w:rsid w:val="00D46951"/>
+    <w:rsid w:val="00D50790"/>
     <w:rsid w:val="00D50807"/>
+    <w:rsid w:val="00D560EC"/>
     <w:rsid w:val="00D74902"/>
     <w:rsid w:val="00D80472"/>
     <w:rsid w:val="00D83AE8"/>
     <w:rsid w:val="00D85381"/>
     <w:rsid w:val="00D95D37"/>
+    <w:rsid w:val="00DA5D2F"/>
     <w:rsid w:val="00DB05F5"/>
+    <w:rsid w:val="00DB1F40"/>
     <w:rsid w:val="00DB2663"/>
     <w:rsid w:val="00DB2E3E"/>
     <w:rsid w:val="00DB6A40"/>
     <w:rsid w:val="00DC13D3"/>
     <w:rsid w:val="00DC5D37"/>
     <w:rsid w:val="00DD0BAE"/>
     <w:rsid w:val="00DE2A36"/>
     <w:rsid w:val="00DE7EA5"/>
     <w:rsid w:val="00E03FAB"/>
+    <w:rsid w:val="00E331D1"/>
     <w:rsid w:val="00E34337"/>
     <w:rsid w:val="00E35CDB"/>
+    <w:rsid w:val="00E36445"/>
+    <w:rsid w:val="00E511D3"/>
     <w:rsid w:val="00E514AA"/>
     <w:rsid w:val="00E527B8"/>
     <w:rsid w:val="00E54C7F"/>
     <w:rsid w:val="00E63563"/>
     <w:rsid w:val="00E77E59"/>
     <w:rsid w:val="00E9315B"/>
+    <w:rsid w:val="00E96ABA"/>
     <w:rsid w:val="00EB0732"/>
+    <w:rsid w:val="00EB3B9E"/>
     <w:rsid w:val="00ED2229"/>
+    <w:rsid w:val="00ED2C1C"/>
+    <w:rsid w:val="00ED3811"/>
     <w:rsid w:val="00ED5A26"/>
     <w:rsid w:val="00EE53E7"/>
+    <w:rsid w:val="00EF148B"/>
     <w:rsid w:val="00EF47EA"/>
     <w:rsid w:val="00EF4864"/>
+    <w:rsid w:val="00F0073C"/>
     <w:rsid w:val="00F067C0"/>
+    <w:rsid w:val="00F13FBC"/>
     <w:rsid w:val="00F16DC3"/>
     <w:rsid w:val="00F21217"/>
+    <w:rsid w:val="00F30484"/>
     <w:rsid w:val="00F42EFF"/>
     <w:rsid w:val="00F44EF2"/>
     <w:rsid w:val="00F65363"/>
     <w:rsid w:val="00F754E6"/>
+    <w:rsid w:val="00F873FF"/>
     <w:rsid w:val="00F92D07"/>
     <w:rsid w:val="00F962DE"/>
     <w:rsid w:val="00FC0D3D"/>
     <w:rsid w:val="00FD15B9"/>
     <w:rsid w:val="00FD1FF4"/>
     <w:rsid w:val="00FD6B0D"/>
     <w:rsid w:val="00FE61E3"/>
     <w:rsid w:val="00FF4605"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -11498,50 +11645,93 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002A555D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00201CC3"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Platzhaltertext">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B78EF"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00092D89"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00092D89"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Standard1">
+    <w:name w:val="Standard1"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00C02CF8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="254096373">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="453837184">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -11650,50 +11840,52 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2029141430">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -11972,68 +12164,68 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A63B8E4E-F634-4F08-A602-654C8A53D1A9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2505</Characters>
+  <Pages>4</Pages>
+  <Words>463</Words>
+  <Characters>2920</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2897</CharactersWithSpaces>
+  <CharactersWithSpaces>3377</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Carola Lindner</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>